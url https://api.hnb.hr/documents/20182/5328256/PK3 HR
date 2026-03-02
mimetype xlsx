--- v1 (2025-12-05)
+++ v2 (2026-03-02)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK3 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="591" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="37">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>BROJ I VRIJEDNOST TRANSAKCIJA UČINJENIH PLATNIM KARTICAMA</t>
   </si>
   <si>
     <t>U REPUBLICI HRVATSKOJ U EURIMA PREMA VRSTI TRANSAKCIJE - 2025. godina
 </t>
   </si>
   <si>
     <t>  Ne uključuju se transakcije novčanih pošiljki, ugovornog terećenja i gotovinskih kredita</t>
   </si>
   <si>
     <t>{1} Uključuju se transakcije kupovina na rate i transakcije podizanja gotovog novca na rate</t>
@@ -115,50 +115,59 @@
     <t> UKUPNO</t>
   </si>
   <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
     <t> SRPANJ</t>
   </si>
   <si>
     <t> KOLOVOZ</t>
   </si>
   <si>
     <t> RUJAN</t>
+  </si>
+  <si>
+    <t> LISTOPAD</t>
+  </si>
+  <si>
+    <t> STUDENI</t>
+  </si>
+  <si>
+    <t> PROSINAC</t>
   </si>
   <si>
     <t> UKUPNO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -562,51 +571,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:Z53"/>
+  <dimension ref="A1:Z65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="31" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
     <col min="9" max="9" width="21" customWidth="1"/>
     <col min="10" max="10" width="4" customWidth="1"/>
     <col min="11" max="11" width="21" customWidth="1"/>
     <col min="12" max="12" width="4" customWidth="1"/>
     <col min="13" max="13" width="21" customWidth="1"/>
     <col min="14" max="14" width="4" customWidth="1"/>
     <col min="15" max="15" width="21" customWidth="1"/>
     <col min="16" max="16" width="4" customWidth="1"/>
     <col min="17" max="17" width="21" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
     <col min="19" max="19" width="21" customWidth="1"/>
     <col min="20" max="20" width="4" customWidth="1"/>
@@ -3599,363 +3608,1323 @@
         <v>19</v>
       </c>
       <c r="U49" s="13">
         <v>12947509</v>
       </c>
       <c r="V49" t="s" s="12">
         <v>19</v>
       </c>
       <c r="W49" s="13">
         <v>68338936</v>
       </c>
       <c r="X49" t="s" s="12">
         <v>19</v>
       </c>
       <c r="Y49" s="13">
         <v>3508456182</v>
       </c>
       <c r="Z49" t="s" s="12">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="B50" t="s" s="14">
+      <c r="B50" t="s" s="7">
         <v>20</v>
       </c>
-      <c r="C50" s="15">
-[...68 lines deleted...]
-      <c r="Z50" t="s" s="14">
+      <c r="C50" s="8">
+        <v>54861824</v>
+      </c>
+      <c r="D50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E50" s="8">
+        <v>1454288002</v>
+      </c>
+      <c r="F50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G50" s="8">
+        <v>1823689</v>
+      </c>
+      <c r="H50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I50" s="8">
+        <v>67453325</v>
+      </c>
+      <c r="J50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K50" s="8">
+        <v>739149</v>
+      </c>
+      <c r="L50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M50" s="8">
+        <v>26574645</v>
+      </c>
+      <c r="N50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O50" s="8">
+        <v>5145594</v>
+      </c>
+      <c r="P50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q50" s="8">
+        <v>225446470</v>
+      </c>
+      <c r="R50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S50" s="8">
+        <v>111725</v>
+      </c>
+      <c r="T50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U50" s="8">
+        <v>7591455</v>
+      </c>
+      <c r="V50" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W50" s="9">
+        <v>62681981</v>
+      </c>
+      <c r="X50" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y50" s="9">
+        <v>1781353897</v>
+      </c>
+      <c r="Z50" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s" s="7">
         <v>33</v>
       </c>
-      <c r="B51" t="s" s="14">
+      <c r="B51" t="s" s="7">
         <v>22</v>
       </c>
-      <c r="C51" s="15">
-[...68 lines deleted...]
-      <c r="Z51" t="s" s="14">
+      <c r="C51" s="8">
+        <v>7530622</v>
+      </c>
+      <c r="D51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E51" s="8">
+        <v>1329817052</v>
+      </c>
+      <c r="F51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G51" s="8">
+        <v>46176</v>
+      </c>
+      <c r="H51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I51" s="8">
+        <v>7632595</v>
+      </c>
+      <c r="J51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K51" s="8">
+        <v>43383</v>
+      </c>
+      <c r="L51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M51" s="8">
+        <v>6322461</v>
+      </c>
+      <c r="N51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O51" s="8">
+        <v>70653</v>
+      </c>
+      <c r="P51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q51" s="8">
+        <v>11560482</v>
+      </c>
+      <c r="R51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S51" s="8">
+        <v>31102</v>
+      </c>
+      <c r="T51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U51" s="8">
+        <v>6384656</v>
+      </c>
+      <c r="V51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W51" s="9">
+        <v>7721936</v>
+      </c>
+      <c r="X51" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y51" s="9">
+        <v>1361717246</v>
+      </c>
+      <c r="Z51" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="B52" t="s" s="14">
+      <c r="B52" t="s" s="7">
         <v>23</v>
       </c>
-      <c r="C52" s="15">
-[...68 lines deleted...]
-      <c r="Z52" t="s" s="14">
+      <c r="C52" s="8">
+        <v>724686</v>
+      </c>
+      <c r="D52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E52" s="8">
+        <v>443661989</v>
+      </c>
+      <c r="F52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G52" s="8">
+        <v/>
+      </c>
+      <c r="H52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I52" s="8">
+        <v/>
+      </c>
+      <c r="J52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K52" s="8">
+        <v/>
+      </c>
+      <c r="L52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M52" s="8">
+        <v/>
+      </c>
+      <c r="N52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O52" s="8">
+        <v/>
+      </c>
+      <c r="P52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q52" s="8">
+        <v/>
+      </c>
+      <c r="R52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S52" s="8">
+        <v/>
+      </c>
+      <c r="T52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U52" s="8">
+        <v/>
+      </c>
+      <c r="V52" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W52" s="9">
+        <v>724686</v>
+      </c>
+      <c r="X52" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y52" s="9">
+        <v>443661989</v>
+      </c>
+      <c r="Z52" t="s" s="10">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s" s="11">
         <v>19</v>
       </c>
       <c r="B53" t="s" s="12">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="C53" s="13">
-        <v>520932360</v>
+        <v>63117132</v>
       </c>
       <c r="D53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="E53" s="13">
-        <v>26676086187</v>
+        <v>3227767043</v>
       </c>
       <c r="F53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="G53" s="13">
-        <v>15666543</v>
+        <v>1869865</v>
       </c>
       <c r="H53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="I53" s="13">
-        <v>622329759</v>
+        <v>75085920</v>
       </c>
       <c r="J53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="K53" s="13">
-        <v>6496170</v>
+        <v>782532</v>
       </c>
       <c r="L53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="M53" s="13">
-        <v>269624026</v>
+        <v>32897106</v>
       </c>
       <c r="N53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="O53" s="13">
-        <v>43481056</v>
+        <v>5216247</v>
       </c>
       <c r="P53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="Q53" s="13">
-        <v>1921685408</v>
+        <v>237006952</v>
       </c>
       <c r="R53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="S53" s="13">
-        <v>1175520</v>
+        <v>142827</v>
       </c>
       <c r="T53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="U53" s="13">
-        <v>110358453</v>
+        <v>13976111</v>
       </c>
       <c r="V53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="W53" s="13">
-        <v>587751649</v>
+        <v>71128603</v>
       </c>
       <c r="X53" t="s" s="12">
         <v>19</v>
       </c>
       <c r="Y53" s="13">
-        <v>29600083833</v>
+        <v>3586733132</v>
       </c>
       <c r="Z53" t="s" s="12">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26">
+      <c r="A54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B54" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C54" s="8">
+        <v>50980396</v>
+      </c>
+      <c r="D54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E54" s="8">
+        <v>1407043110</v>
+      </c>
+      <c r="F54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G54" s="8">
+        <v>1692230</v>
+      </c>
+      <c r="H54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I54" s="8">
+        <v>67685974</v>
+      </c>
+      <c r="J54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K54" s="8">
+        <v>681012</v>
+      </c>
+      <c r="L54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M54" s="8">
+        <v>26676785</v>
+      </c>
+      <c r="N54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O54" s="8">
+        <v>4629015</v>
+      </c>
+      <c r="P54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q54" s="8">
+        <v>219557408</v>
+      </c>
+      <c r="R54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S54" s="8">
+        <v>103383</v>
+      </c>
+      <c r="T54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U54" s="8">
+        <v>7444526</v>
+      </c>
+      <c r="V54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W54" s="9">
+        <v>58086036</v>
+      </c>
+      <c r="X54" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y54" s="9">
+        <v>1728407803</v>
+      </c>
+      <c r="Z54" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:26">
+      <c r="A55" t="s" s="7">
+        <v>34</v>
+      </c>
+      <c r="B55" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="C55" s="8">
+        <v>6760869</v>
+      </c>
+      <c r="D55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E55" s="8">
+        <v>1199314277</v>
+      </c>
+      <c r="F55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G55" s="8">
+        <v>43849</v>
+      </c>
+      <c r="H55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I55" s="8">
+        <v>7384893</v>
+      </c>
+      <c r="J55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K55" s="8">
+        <v>38973</v>
+      </c>
+      <c r="L55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M55" s="8">
+        <v>5645088</v>
+      </c>
+      <c r="N55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O55" s="8">
+        <v>64686</v>
+      </c>
+      <c r="P55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q55" s="8">
+        <v>10859200</v>
+      </c>
+      <c r="R55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S55" s="8">
+        <v>27944</v>
+      </c>
+      <c r="T55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U55" s="8">
+        <v>5749395</v>
+      </c>
+      <c r="V55" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W55" s="9">
+        <v>6936321</v>
+      </c>
+      <c r="X55" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y55" s="9">
+        <v>1228952853</v>
+      </c>
+      <c r="Z55" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26">
+      <c r="A56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B56" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C56" s="8">
+        <v>654279</v>
+      </c>
+      <c r="D56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E56" s="8">
+        <v>388420484</v>
+      </c>
+      <c r="F56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G56" s="8">
+        <v/>
+      </c>
+      <c r="H56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I56" s="8">
+        <v/>
+      </c>
+      <c r="J56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K56" s="8">
+        <v/>
+      </c>
+      <c r="L56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M56" s="8">
+        <v/>
+      </c>
+      <c r="N56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O56" s="8">
+        <v/>
+      </c>
+      <c r="P56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q56" s="8">
+        <v/>
+      </c>
+      <c r="R56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S56" s="8">
+        <v/>
+      </c>
+      <c r="T56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U56" s="8">
+        <v/>
+      </c>
+      <c r="V56" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W56" s="9">
+        <v>654279</v>
+      </c>
+      <c r="X56" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y56" s="9">
+        <v>388420484</v>
+      </c>
+      <c r="Z56" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26">
+      <c r="A57" t="s" s="11">
+        <v>19</v>
+      </c>
+      <c r="B57" t="s" s="12">
+        <v>24</v>
+      </c>
+      <c r="C57" s="13">
+        <v>58395544</v>
+      </c>
+      <c r="D57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="E57" s="13">
+        <v>2994777871</v>
+      </c>
+      <c r="F57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="G57" s="13">
+        <v>1736079</v>
+      </c>
+      <c r="H57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="I57" s="13">
+        <v>75070867</v>
+      </c>
+      <c r="J57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="K57" s="13">
+        <v>719985</v>
+      </c>
+      <c r="L57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="M57" s="13">
+        <v>32321873</v>
+      </c>
+      <c r="N57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="O57" s="13">
+        <v>4693701</v>
+      </c>
+      <c r="P57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Q57" s="13">
+        <v>230416608</v>
+      </c>
+      <c r="R57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="S57" s="13">
+        <v>131327</v>
+      </c>
+      <c r="T57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="U57" s="13">
+        <v>13193921</v>
+      </c>
+      <c r="V57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="W57" s="13">
+        <v>65676636</v>
+      </c>
+      <c r="X57" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Y57" s="13">
+        <v>3345781140</v>
+      </c>
+      <c r="Z57" t="s" s="12">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26">
+      <c r="A58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B58" t="s" s="7">
+        <v>20</v>
+      </c>
+      <c r="C58" s="8">
+        <v>55553334</v>
+      </c>
+      <c r="D58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E58" s="8">
+        <v>1579469768</v>
+      </c>
+      <c r="F58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G58" s="8">
+        <v>1736866</v>
+      </c>
+      <c r="H58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I58" s="8">
+        <v>68583286</v>
+      </c>
+      <c r="J58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K58" s="8">
+        <v>708522</v>
+      </c>
+      <c r="L58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M58" s="8">
+        <v>26938557</v>
+      </c>
+      <c r="N58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O58" s="8">
+        <v>5098769</v>
+      </c>
+      <c r="P58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q58" s="8">
+        <v>235233131</v>
+      </c>
+      <c r="R58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S58" s="8">
+        <v>112711</v>
+      </c>
+      <c r="T58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U58" s="8">
+        <v>7879405</v>
+      </c>
+      <c r="V58" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W58" s="9">
+        <v>63210202</v>
+      </c>
+      <c r="X58" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y58" s="9">
+        <v>1918104147</v>
+      </c>
+      <c r="Z58" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:26">
+      <c r="A59" t="s" s="7">
+        <v>35</v>
+      </c>
+      <c r="B59" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="C59" s="8">
+        <v>7700637</v>
+      </c>
+      <c r="D59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E59" s="8">
+        <v>1412908822</v>
+      </c>
+      <c r="F59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G59" s="8">
+        <v>40735</v>
+      </c>
+      <c r="H59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I59" s="8">
+        <v>6997610</v>
+      </c>
+      <c r="J59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K59" s="8">
+        <v>37583</v>
+      </c>
+      <c r="L59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M59" s="8">
+        <v>5616554</v>
+      </c>
+      <c r="N59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O59" s="8">
+        <v>66331</v>
+      </c>
+      <c r="P59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q59" s="8">
+        <v>11298614</v>
+      </c>
+      <c r="R59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S59" s="8">
+        <v>28352</v>
+      </c>
+      <c r="T59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U59" s="8">
+        <v>5714194</v>
+      </c>
+      <c r="V59" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W59" s="9">
+        <v>7873638</v>
+      </c>
+      <c r="X59" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y59" s="9">
+        <v>1442535794</v>
+      </c>
+      <c r="Z59" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26">
+      <c r="A60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B60" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C60" s="8">
+        <v>683396</v>
+      </c>
+      <c r="D60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="E60" s="8">
+        <v>426768034</v>
+      </c>
+      <c r="F60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="G60" s="8">
+        <v/>
+      </c>
+      <c r="H60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="I60" s="8">
+        <v/>
+      </c>
+      <c r="J60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="K60" s="8">
+        <v/>
+      </c>
+      <c r="L60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="M60" s="8">
+        <v/>
+      </c>
+      <c r="N60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="O60" s="8">
+        <v/>
+      </c>
+      <c r="P60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="Q60" s="8">
+        <v/>
+      </c>
+      <c r="R60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="S60" s="8">
+        <v/>
+      </c>
+      <c r="T60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="U60" s="8">
+        <v/>
+      </c>
+      <c r="V60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="W60" s="9">
+        <v>683396</v>
+      </c>
+      <c r="X60" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="Y60" s="9">
+        <v>426768034</v>
+      </c>
+      <c r="Z60" t="s" s="10">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="61" spans="1:26">
+      <c r="A61" t="s" s="11">
+        <v>19</v>
+      </c>
+      <c r="B61" t="s" s="12">
+        <v>24</v>
+      </c>
+      <c r="C61" s="13">
+        <v>63937367</v>
+      </c>
+      <c r="D61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="E61" s="13">
+        <v>3419146624</v>
+      </c>
+      <c r="F61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="G61" s="13">
+        <v>1777601</v>
+      </c>
+      <c r="H61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="I61" s="13">
+        <v>75580896</v>
+      </c>
+      <c r="J61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="K61" s="13">
+        <v>746105</v>
+      </c>
+      <c r="L61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="M61" s="13">
+        <v>32555111</v>
+      </c>
+      <c r="N61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="O61" s="13">
+        <v>5165100</v>
+      </c>
+      <c r="P61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Q61" s="13">
+        <v>246531745</v>
+      </c>
+      <c r="R61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="S61" s="13">
+        <v>141063</v>
+      </c>
+      <c r="T61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="U61" s="13">
+        <v>13593599</v>
+      </c>
+      <c r="V61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="W61" s="13">
+        <v>71767236</v>
+      </c>
+      <c r="X61" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Y61" s="13">
+        <v>3787407975</v>
+      </c>
+      <c r="Z61" t="s" s="12">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26">
+      <c r="A62" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B62" t="s" s="14">
+        <v>20</v>
+      </c>
+      <c r="C62" s="15">
+        <v>610831950</v>
+      </c>
+      <c r="D62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="E62" s="15">
+        <v>16388777646</v>
+      </c>
+      <c r="F62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="G62" s="15">
+        <v>20521062</v>
+      </c>
+      <c r="H62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="I62" s="15">
+        <v>759598232</v>
+      </c>
+      <c r="J62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="K62" s="15">
+        <v>8256183</v>
+      </c>
+      <c r="L62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="M62" s="15">
+        <v>297182765</v>
+      </c>
+      <c r="N62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="O62" s="15">
+        <v>57747554</v>
+      </c>
+      <c r="P62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Q62" s="15">
+        <v>2507610004</v>
+      </c>
+      <c r="R62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="S62" s="15">
+        <v>1244866</v>
+      </c>
+      <c r="T62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="U62" s="15">
+        <v>82541805</v>
+      </c>
+      <c r="V62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="W62" s="15">
+        <v>698601615</v>
+      </c>
+      <c r="X62" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Y62" s="15">
+        <v>20035710452</v>
+      </c>
+      <c r="Z62" t="s" s="14">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26">
+      <c r="A63" t="s" s="7">
+        <v>36</v>
+      </c>
+      <c r="B63" t="s" s="14">
+        <v>22</v>
+      </c>
+      <c r="C63" s="15">
+        <v>87425334</v>
+      </c>
+      <c r="D63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="E63" s="15">
+        <v>15009964807</v>
+      </c>
+      <c r="F63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="G63" s="15">
+        <v>529026</v>
+      </c>
+      <c r="H63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="I63" s="15">
+        <v>88469210</v>
+      </c>
+      <c r="J63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="K63" s="15">
+        <v>488609</v>
+      </c>
+      <c r="L63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="M63" s="15">
+        <v>70215351</v>
+      </c>
+      <c r="N63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="O63" s="15">
+        <v>808550</v>
+      </c>
+      <c r="P63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Q63" s="15">
+        <v>128030709</v>
+      </c>
+      <c r="R63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="S63" s="15">
+        <v>345871</v>
+      </c>
+      <c r="T63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="U63" s="15">
+        <v>68580279</v>
+      </c>
+      <c r="V63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="W63" s="15">
+        <v>89597390</v>
+      </c>
+      <c r="X63" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Y63" s="15">
+        <v>15365260356</v>
+      </c>
+      <c r="Z63" t="s" s="14">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26">
+      <c r="A64" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="B64" t="s" s="14">
+        <v>23</v>
+      </c>
+      <c r="C64" s="15">
+        <v>8125119</v>
+      </c>
+      <c r="D64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="E64" s="15">
+        <v>4919035272</v>
+      </c>
+      <c r="F64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="G64" s="15">
+        <v/>
+      </c>
+      <c r="H64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="I64" s="15">
+        <v/>
+      </c>
+      <c r="J64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="K64" s="15">
+        <v/>
+      </c>
+      <c r="L64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="M64" s="15">
+        <v/>
+      </c>
+      <c r="N64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="O64" s="15">
+        <v/>
+      </c>
+      <c r="P64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Q64" s="15">
+        <v/>
+      </c>
+      <c r="R64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="S64" s="15">
+        <v/>
+      </c>
+      <c r="T64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="U64" s="15">
+        <v/>
+      </c>
+      <c r="V64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="W64" s="15">
+        <v>8125119</v>
+      </c>
+      <c r="X64" t="s" s="14">
+        <v>19</v>
+      </c>
+      <c r="Y64" s="15">
+        <v>4919035272</v>
+      </c>
+      <c r="Z64" t="s" s="14">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="65" spans="1:26">
+      <c r="A65" t="s" s="11">
+        <v>19</v>
+      </c>
+      <c r="B65" t="s" s="12">
+        <v>36</v>
+      </c>
+      <c r="C65" s="13">
+        <v>706382403</v>
+      </c>
+      <c r="D65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="E65" s="13">
+        <v>36317777725</v>
+      </c>
+      <c r="F65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="G65" s="13">
+        <v>21050088</v>
+      </c>
+      <c r="H65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="I65" s="13">
+        <v>848067442</v>
+      </c>
+      <c r="J65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="K65" s="13">
+        <v>8744792</v>
+      </c>
+      <c r="L65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="M65" s="13">
+        <v>367398116</v>
+      </c>
+      <c r="N65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="O65" s="13">
+        <v>58556104</v>
+      </c>
+      <c r="P65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Q65" s="13">
+        <v>2635640713</v>
+      </c>
+      <c r="R65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="S65" s="13">
+        <v>1590737</v>
+      </c>
+      <c r="T65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="U65" s="13">
+        <v>151122084</v>
+      </c>
+      <c r="V65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="W65" s="13">
+        <v>796324124</v>
+      </c>
+      <c r="X65" t="s" s="12">
+        <v>19</v>
+      </c>
+      <c r="Y65" s="13">
+        <v>40320006080</v>
+      </c>
+      <c r="Z65" t="s" s="12">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="31">
     <mergeCell ref="A1:Z1"/>
     <mergeCell ref="A2:Z2"/>
     <mergeCell ref="A3:Z3"/>
     <mergeCell ref="A4:Z4"/>
     <mergeCell ref="A5:Z5"/>
     <mergeCell ref="A6:Z6"/>
     <mergeCell ref="A7:Z7"/>
     <mergeCell ref="A8:Z8"/>
     <mergeCell ref="A9:Z9"/>
     <mergeCell ref="A10:Z10"/>
     <mergeCell ref="A11:Z11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="G12:J12"/>
     <mergeCell ref="K12:N12"/>
     <mergeCell ref="O12:R12"/>
     <mergeCell ref="S12:V12"/>
     <mergeCell ref="W12:Z12"/>
     <mergeCell ref="C13:D13"/>